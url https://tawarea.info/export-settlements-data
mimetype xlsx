--- v0 (2025-12-04)
+++ v1 (2026-02-15)
@@ -416,51 +416,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AA92"/>
+  <dimension ref="A1:AA95"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="21" customWidth="1" min="1" max="1"/>
     <col width="13" customWidth="1" min="2" max="2"/>
     <col width="19" customWidth="1" min="3" max="3"/>
     <col width="22" customWidth="1" min="4" max="4"/>
     <col width="22" customWidth="1" min="5" max="5"/>
     <col width="16" customWidth="1" min="6" max="6"/>
     <col width="16" customWidth="1" min="7" max="7"/>
     <col width="12" customWidth="1" min="8" max="8"/>
     <col width="19" customWidth="1" min="9" max="9"/>
     <col width="14" customWidth="1" min="10" max="10"/>
     <col width="21" customWidth="1" min="11" max="11"/>
     <col width="17" customWidth="1" min="12" max="12"/>
     <col width="15" customWidth="1" min="13" max="13"/>
     <col width="13" customWidth="1" min="14" max="14"/>
     <col width="24" customWidth="1" min="15" max="15"/>
     <col width="21" customWidth="1" min="16" max="16"/>
     <col width="19" customWidth="1" min="17" max="17"/>
     <col width="20" customWidth="1" min="18" max="18"/>
@@ -2029,207 +2029,136 @@
           <t>כן</t>
         </is>
       </c>
       <c r="W15" t="inlineStr">
         <is>
           <t>קיימת</t>
         </is>
       </c>
       <c r="X15" t="n">
         <v>0</v>
       </c>
       <c r="Y15" t="inlineStr">
         <is>
           <t>לא</t>
         </is>
       </c>
       <c r="Z15" t="inlineStr">
         <is>
           <t>קיים</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>ג'לג'וליה</t>
+          <t>ג'ולס</t>
         </is>
       </c>
       <c r="B16" t="n">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D16" t="n">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F16" t="n">
-        <v>11404</v>
+        <v>6942</v>
       </c>
       <c r="G16" t="n">
-        <v>1259</v>
+        <v>592</v>
       </c>
       <c r="H16" t="n">
-        <v>695</v>
+        <v>590</v>
       </c>
       <c r="I16" t="n">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J16" t="n">
-        <v>2435</v>
+        <v>1327</v>
       </c>
       <c r="K16" t="n">
-        <v>3</v>
-[...79 lines deleted...]
-        </is>
+        <v>5</v>
+      </c>
+      <c r="N16" t="n">
+        <v>0</v>
+      </c>
+      <c r="O16" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q16" t="n">
+        <v>1</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>ג'סר א-זרקא</t>
+          <t>ג'לג'וליה</t>
         </is>
       </c>
       <c r="B17" t="n">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D17" t="n">
         <v>0</v>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F17" t="n">
-        <v>15972</v>
+        <v>11404</v>
       </c>
       <c r="G17" t="n">
-        <v>1830</v>
+        <v>1259</v>
       </c>
       <c r="H17" t="n">
-        <v>631</v>
+        <v>695</v>
       </c>
       <c r="I17" t="n">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="J17" t="n">
-        <v>4127</v>
+        <v>2435</v>
       </c>
       <c r="K17" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L17" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M17" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N17" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O17" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P17" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -2271,96 +2200,86 @@
       </c>
       <c r="X17" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y17" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z17" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA17" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>ג'ש - גוש חלב</t>
+          <t>ג'סר א-זרקא</t>
         </is>
       </c>
       <c r="B18" t="n">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>4.97</v>
+        <v>10</v>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="D18" t="n">
         <v>0</v>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
-      <c r="F18" t="inlineStr">
-[...27 lines deleted...]
-        </is>
+      <c r="F18" t="n">
+        <v>15972</v>
+      </c>
+      <c r="G18" t="n">
+        <v>1830</v>
+      </c>
+      <c r="H18" t="n">
+        <v>631</v>
+      </c>
+      <c r="I18" t="n">
+        <v>31</v>
+      </c>
+      <c r="J18" t="n">
+        <v>4127</v>
+      </c>
+      <c r="K18" t="n">
+        <v>2</v>
       </c>
       <c r="L18" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M18" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N18" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O18" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P18" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -2402,86 +2321,96 @@
       </c>
       <c r="X18" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y18" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z18" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA18" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>ג'ת</t>
+          <t>ג'ש - גוש חלב</t>
         </is>
       </c>
       <c r="B19" t="n">
-        <v>7</v>
-[...4 lines deleted...]
-        </is>
+        <v>104</v>
+      </c>
+      <c r="C19" t="n">
+        <v>4.97</v>
       </c>
       <c r="D19" t="n">
         <v>0</v>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
-      <c r="F19" t="n">
-[...15 lines deleted...]
-        <v>5</v>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="I19" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="J19" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="K19" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="L19" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M19" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N19" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O19" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P19" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -2523,86 +2452,86 @@
       </c>
       <c r="X19" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y19" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z19" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA19" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>דבוריה</t>
+          <t>ג'ת</t>
         </is>
       </c>
       <c r="B20" t="n">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D20" t="n">
         <v>0</v>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F20" t="n">
-        <v>11224</v>
+        <v>13316</v>
       </c>
       <c r="G20" t="n">
-        <v>1046</v>
+        <v>1376</v>
       </c>
       <c r="H20" t="n">
-        <v>806</v>
+        <v>1023</v>
       </c>
       <c r="I20" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="J20" t="n">
-        <v>2782</v>
+        <v>3151</v>
       </c>
       <c r="K20" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L20" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M20" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N20" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O20" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P20" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -2644,391 +2573,393 @@
       </c>
       <c r="X20" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y20" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z20" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA20" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>דיר אל-אסד</t>
+          <t>דבוריה</t>
         </is>
       </c>
       <c r="B21" t="n">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>15.73</v>
+        <v>9</v>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="D21" t="n">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>0</v>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="F21" t="n">
-        <v>13585</v>
+        <v>11224</v>
       </c>
       <c r="G21" t="n">
-        <v>1256</v>
+        <v>1046</v>
       </c>
       <c r="H21" t="n">
-        <v>874</v>
+        <v>806</v>
       </c>
       <c r="I21" t="n">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="J21" t="n">
-        <v>3294</v>
+        <v>2782</v>
       </c>
       <c r="K21" t="n">
         <v>4</v>
       </c>
       <c r="L21" t="inlineStr">
         <is>
-          <t>קיים</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M21" t="inlineStr">
         <is>
-          <t>לא קיים</t>
-[...6 lines deleted...]
-        <v>1</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N21" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O21" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="P21" t="inlineStr">
         <is>
-          <t>קיים</t>
-[...3 lines deleted...]
-        <v>5</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q21" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="R21" t="inlineStr">
         <is>
-          <t>13</t>
-[...3 lines deleted...]
-        <v>50</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S21" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T21" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U21" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="V21" t="inlineStr">
         <is>
-          <t>לא</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W21" t="inlineStr">
         <is>
-          <t>קיימת</t>
-[...3 lines deleted...]
-        <v>0</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X21" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="Y21" t="inlineStr">
         <is>
-          <t>לא</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Z21" t="inlineStr">
         <is>
-          <t>קיים</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="AA21" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>דיר חנא</t>
+          <t>דיר אל-אסד</t>
         </is>
       </c>
       <c r="B22" t="n">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="C22" t="n">
-        <v>21.31</v>
+        <v>15.73</v>
       </c>
       <c r="D22" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E22" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F22" t="n">
-        <v>11380</v>
+        <v>13585</v>
       </c>
       <c r="G22" t="n">
-        <v>947</v>
+        <v>1256</v>
       </c>
       <c r="H22" t="n">
-        <v>855</v>
+        <v>874</v>
       </c>
       <c r="I22" t="n">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="J22" t="n">
-        <v>2873</v>
+        <v>3294</v>
       </c>
       <c r="K22" t="n">
         <v>4</v>
       </c>
       <c r="L22" t="inlineStr">
         <is>
           <t>קיים</t>
         </is>
       </c>
       <c r="M22" t="inlineStr">
         <is>
-          <t>קיים</t>
+          <t>לא קיים</t>
         </is>
       </c>
       <c r="N22" t="n">
         <v>3</v>
       </c>
       <c r="O22" t="n">
         <v>1</v>
       </c>
       <c r="P22" t="inlineStr">
         <is>
           <t>קיים</t>
         </is>
       </c>
       <c r="Q22" t="n">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="R22" t="inlineStr">
         <is>
-          <t>חלקי</t>
+          <t>13</t>
         </is>
       </c>
       <c r="S22" t="n">
         <v>50</v>
       </c>
-      <c r="T22" t="inlineStr">
+      <c r="V22" t="inlineStr">
         <is>
           <t>לא</t>
         </is>
       </c>
-      <c r="V22" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="W22" t="inlineStr">
         <is>
-          <t>לא קיימת</t>
+          <t>קיימת</t>
         </is>
       </c>
       <c r="X22" t="n">
         <v>0</v>
       </c>
       <c r="Y22" t="inlineStr">
         <is>
           <t>לא</t>
         </is>
       </c>
       <c r="Z22" t="inlineStr">
         <is>
-          <t>לא קיים</t>
+          <t>קיים</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>דייר ראפאת</t>
+          <t>דיר חנא</t>
         </is>
       </c>
       <c r="B23" t="n">
-        <v>0</v>
-[...4 lines deleted...]
-        </is>
+        <v>11</v>
+      </c>
+      <c r="C23" t="n">
+        <v>21.31</v>
       </c>
       <c r="D23" t="n">
         <v>0</v>
       </c>
-      <c r="E23" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E23" t="n">
+        <v>0</v>
       </c>
       <c r="F23" t="n">
-        <v>90</v>
+        <v>11380</v>
       </c>
       <c r="G23" t="n">
-        <v>6</v>
+        <v>947</v>
       </c>
       <c r="H23" t="n">
-        <v>6</v>
+        <v>855</v>
       </c>
       <c r="I23" t="n">
         <v>29</v>
       </c>
       <c r="J23" t="n">
         <v>2873</v>
       </c>
+      <c r="K23" t="n">
+        <v>4</v>
+      </c>
       <c r="L23" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>קיים</t>
         </is>
       </c>
       <c r="M23" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...10 lines deleted...]
-        </is>
+          <t>קיים</t>
+        </is>
+      </c>
+      <c r="N23" t="n">
+        <v>3</v>
+      </c>
+      <c r="O23" t="n">
+        <v>1</v>
       </c>
       <c r="P23" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>קיים</t>
+        </is>
+      </c>
+      <c r="Q23" t="n">
+        <v>8</v>
       </c>
       <c r="R23" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>חלקי</t>
+        </is>
+      </c>
+      <c r="S23" t="n">
+        <v>50</v>
       </c>
       <c r="T23" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...4 lines deleted...]
-          <t>N/A</t>
+          <t>לא</t>
         </is>
       </c>
       <c r="V23" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>כן</t>
         </is>
       </c>
       <c r="W23" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>לא קיימת</t>
+        </is>
+      </c>
+      <c r="X23" t="n">
+        <v>0</v>
       </c>
       <c r="Y23" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>לא</t>
         </is>
       </c>
       <c r="Z23" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...4 lines deleted...]
-          <t>N/A</t>
+          <t>לא קיים</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>זרזיר</t>
+          <t>דייר ראפאת</t>
         </is>
       </c>
       <c r="B24" t="n">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>38.81</v>
+        <v>0</v>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="D24" t="n">
         <v>0</v>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F24" t="n">
-        <v>9294</v>
+        <v>90</v>
       </c>
       <c r="G24" t="n">
-        <v>981</v>
+        <v>6</v>
       </c>
       <c r="H24" t="n">
-        <v>475</v>
+        <v>6</v>
       </c>
       <c r="I24" t="n">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="J24" t="n">
-        <v>852</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>2873</v>
       </c>
       <c r="L24" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M24" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N24" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O24" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P24" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -3070,83 +3001,84 @@
       </c>
       <c r="X24" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y24" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z24" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA24" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>ח'ואלד</t>
+          <t>זרזיר</t>
         </is>
       </c>
       <c r="B25" t="n">
-        <v>0</v>
-[...4 lines deleted...]
-        </is>
+        <v>23</v>
+      </c>
+      <c r="C25" t="n">
+        <v>38.81</v>
       </c>
       <c r="D25" t="n">
         <v>0</v>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F25" t="n">
-        <v>789</v>
+        <v>9294</v>
       </c>
       <c r="G25" t="n">
-        <v>82</v>
+        <v>981</v>
       </c>
       <c r="H25" t="n">
-        <v>41</v>
+        <v>475</v>
       </c>
       <c r="I25" t="n">
         <v>16</v>
       </c>
       <c r="J25" t="n">
         <v>852</v>
+      </c>
+      <c r="K25" t="n">
+        <v>2</v>
       </c>
       <c r="L25" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M25" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N25" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O25" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P25" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -3188,83 +3120,83 @@
       </c>
       <c r="X25" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y25" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z25" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA25" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>חוסנייה</t>
+          <t>ח'ואלד</t>
         </is>
       </c>
       <c r="B26" t="n">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D26" t="n">
         <v>0</v>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F26" t="n">
-        <v>987</v>
+        <v>789</v>
       </c>
       <c r="G26" t="n">
-        <v>129</v>
+        <v>82</v>
       </c>
       <c r="H26" t="n">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="I26" t="n">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="J26" t="n">
-        <v>21</v>
+        <v>852</v>
       </c>
       <c r="L26" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M26" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N26" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O26" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P26" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -3306,98 +3238,83 @@
       </c>
       <c r="X26" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y26" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z26" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA26" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>חיפה</t>
+          <t>חוסנייה</t>
         </is>
       </c>
       <c r="B27" t="n">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D27" t="n">
         <v>0</v>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
-      <c r="F27" t="inlineStr">
-[...27 lines deleted...]
-        </is>
+      <c r="F27" t="n">
+        <v>987</v>
+      </c>
+      <c r="G27" t="n">
+        <v>129</v>
+      </c>
+      <c r="H27" t="n">
+        <v>57</v>
+      </c>
+      <c r="I27" t="n">
+        <v>1</v>
+      </c>
+      <c r="J27" t="n">
+        <v>21</v>
       </c>
       <c r="L27" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M27" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N27" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O27" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P27" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -3439,83 +3356,86 @@
       </c>
       <c r="X27" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y27" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z27" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA27" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>חמאם</t>
+          <t>חורפיש</t>
         </is>
       </c>
       <c r="B28" t="n">
         <v>0</v>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D28" t="n">
         <v>0</v>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F28" t="n">
-        <v>1773</v>
+        <v>7061</v>
       </c>
       <c r="G28" t="n">
-        <v>184</v>
+        <v>650</v>
       </c>
       <c r="H28" t="n">
-        <v>118</v>
+        <v>524</v>
       </c>
       <c r="I28" t="n">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="J28" t="n">
-        <v>90</v>
+        <v>1550</v>
+      </c>
+      <c r="K28" t="n">
+        <v>5</v>
       </c>
       <c r="L28" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M28" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N28" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O28" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P28" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -3557,55 +3477,55 @@
       </c>
       <c r="X28" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y28" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z28" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA28" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>חמרה</t>
+          <t>חיפה</t>
         </is>
       </c>
       <c r="B29" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D29" t="n">
         <v>0</v>
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H29" t="inlineStr">
@@ -3690,485 +3610,482 @@
       </c>
       <c r="X29" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y29" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z29" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA29" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>טובא-זנגריה</t>
+          <t>חמאם</t>
         </is>
       </c>
       <c r="B30" t="n">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>16.05</v>
+        <v>0</v>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="D30" t="n">
         <v>0</v>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F30" t="n">
-        <v>7347</v>
+        <v>1773</v>
       </c>
       <c r="G30" t="n">
-        <v>764</v>
+        <v>184</v>
       </c>
       <c r="H30" t="n">
-        <v>406</v>
+        <v>118</v>
       </c>
       <c r="I30" t="n">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="J30" t="n">
-        <v>1624</v>
-[...11 lines deleted...]
-        <v>2</v>
+        <v>90</v>
+      </c>
+      <c r="L30" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="M30" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N30" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O30" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P30" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q30" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R30" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S30" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T30" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U30" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V30" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W30" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X30" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y30" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Z30" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="AA30" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>טורעאן</t>
+          <t>חמרה</t>
         </is>
       </c>
       <c r="B31" t="n">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>30.87</v>
+        <v>3</v>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="D31" t="n">
         <v>0</v>
       </c>
-      <c r="E31" t="n">
-[...18 lines deleted...]
-        <v>3</v>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="G31" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="H31" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="I31" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="J31" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="K31" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="L31" t="inlineStr">
         <is>
-          <t>לא קיים</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M31" t="inlineStr">
         <is>
-          <t>קיים</t>
-[...6 lines deleted...]
-        <v>1</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N31" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O31" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="P31" t="inlineStr">
         <is>
-          <t>קיים</t>
-[...3 lines deleted...]
-        <v>0</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q31" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="R31" t="inlineStr">
         <is>
-          <t>כן</t>
-[...3 lines deleted...]
-        <v>20</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S31" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="T31" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U31" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V31" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W31" t="inlineStr">
         <is>
-          <t>לא קיימת</t>
-[...3 lines deleted...]
-        <v>0</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X31" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="Y31" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Z31" t="inlineStr">
         <is>
-          <t>קיים</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="AA31" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>טייבה</t>
+          <t>טובא-זנגריה</t>
         </is>
       </c>
       <c r="B32" t="n">
-        <v>13</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="C32" t="n">
+        <v>16.05</v>
       </c>
       <c r="D32" t="n">
         <v>0</v>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F32" t="n">
-        <v>47989</v>
+        <v>7347</v>
       </c>
       <c r="G32" t="n">
-        <v>4598</v>
+        <v>764</v>
       </c>
       <c r="H32" t="n">
-        <v>3254</v>
+        <v>406</v>
       </c>
       <c r="I32" t="n">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="J32" t="n">
-        <v>10639</v>
+        <v>1624</v>
       </c>
       <c r="K32" t="n">
         <v>3</v>
       </c>
-      <c r="L32" t="inlineStr">
-[...77 lines deleted...]
-        </is>
+      <c r="N32" t="n">
+        <v>0</v>
+      </c>
+      <c r="O32" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q32" t="n">
+        <v>2</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>טייבה (בעמק)</t>
+          <t>טורעאן</t>
         </is>
       </c>
       <c r="B33" t="n">
-        <v>0</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="C33" t="n">
+        <v>30.87</v>
       </c>
       <c r="D33" t="n">
         <v>0</v>
       </c>
-      <c r="E33" t="inlineStr">
-[...32 lines deleted...]
-        </is>
+      <c r="E33" t="n">
+        <v>0</v>
+      </c>
+      <c r="F33" t="n">
+        <v>15560</v>
+      </c>
+      <c r="G33" t="n">
+        <v>1464</v>
+      </c>
+      <c r="H33" t="n">
+        <v>1029</v>
+      </c>
+      <c r="I33" t="n">
+        <v>35</v>
+      </c>
+      <c r="J33" t="n">
+        <v>3634</v>
+      </c>
+      <c r="K33" t="n">
+        <v>3</v>
       </c>
       <c r="L33" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>לא קיים</t>
         </is>
       </c>
       <c r="M33" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...10 lines deleted...]
-        </is>
+          <t>קיים</t>
+        </is>
+      </c>
+      <c r="N33" t="n">
+        <v>2</v>
+      </c>
+      <c r="O33" t="n">
+        <v>1</v>
       </c>
       <c r="P33" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>קיים</t>
+        </is>
+      </c>
+      <c r="Q33" t="n">
+        <v>0</v>
       </c>
       <c r="R33" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>כן</t>
+        </is>
+      </c>
+      <c r="S33" t="n">
+        <v>20</v>
       </c>
       <c r="T33" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...4 lines deleted...]
-          <t>N/A</t>
+          <t>כן</t>
         </is>
       </c>
       <c r="V33" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>כן</t>
         </is>
       </c>
       <c r="W33" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>לא קיימת</t>
+        </is>
+      </c>
+      <c r="X33" t="n">
+        <v>0</v>
       </c>
       <c r="Y33" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>כן</t>
         </is>
       </c>
       <c r="Z33" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...4 lines deleted...]
-          <t>N/A</t>
+          <t>קיים</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>טירה</t>
+          <t>טייבה</t>
         </is>
       </c>
       <c r="B34" t="n">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D34" t="n">
         <v>0</v>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F34" t="n">
-        <v>28977</v>
+        <v>47989</v>
       </c>
       <c r="G34" t="n">
-        <v>2663</v>
+        <v>4598</v>
       </c>
       <c r="H34" t="n">
-        <v>2430</v>
+        <v>3254</v>
       </c>
       <c r="I34" t="n">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="J34" t="n">
-        <v>5733</v>
+        <v>10639</v>
       </c>
       <c r="K34" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L34" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M34" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N34" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O34" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P34" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -4210,195 +4127,219 @@
       </c>
       <c r="X34" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y34" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z34" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA34" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>טמרה</t>
+          <t>טייבה (בעמק)</t>
         </is>
       </c>
       <c r="B35" t="n">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>25.64</v>
+        <v>0</v>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="D35" t="n">
-        <v>11</v>
-[...20 lines deleted...]
-        <v>3</v>
+        <v>0</v>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="G35" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="H35" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="I35" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="J35" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="K35" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="L35" t="inlineStr">
         <is>
-          <t>קיים</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M35" t="inlineStr">
         <is>
-          <t>לא קיים</t>
-[...6 lines deleted...]
-        <v>2</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N35" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O35" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="P35" t="inlineStr">
         <is>
-          <t>קיים</t>
-[...3 lines deleted...]
-        <v>14</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q35" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="R35" t="inlineStr">
         <is>
-          <t>לא</t>
-[...3 lines deleted...]
-        <v>120</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S35" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="T35" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U35" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V35" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W35" t="inlineStr">
         <is>
-          <t>לא קיימת</t>
-[...3 lines deleted...]
-        <v>0</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X35" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="Y35" t="inlineStr">
         <is>
-          <t>לא</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Z35" t="inlineStr">
         <is>
-          <t>קיים</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="AA35" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>טמרה (יזרעאל)</t>
+          <t>טירה</t>
         </is>
       </c>
       <c r="B36" t="n">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D36" t="n">
         <v>0</v>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
-      <c r="F36" t="inlineStr">
-[...27 lines deleted...]
-        </is>
+      <c r="F36" t="n">
+        <v>28977</v>
+      </c>
+      <c r="G36" t="n">
+        <v>2663</v>
+      </c>
+      <c r="H36" t="n">
+        <v>2430</v>
+      </c>
+      <c r="I36" t="n">
+        <v>32</v>
+      </c>
+      <c r="J36" t="n">
+        <v>5733</v>
+      </c>
+      <c r="K36" t="n">
+        <v>5</v>
       </c>
       <c r="L36" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M36" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N36" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O36" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P36" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -4440,638 +4381,628 @@
       </c>
       <c r="X36" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y36" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z36" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA36" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>יפיע</t>
+          <t>טמרה</t>
         </is>
       </c>
       <c r="B37" t="n">
-        <v>20</v>
-[...4 lines deleted...]
-        </is>
+        <v>81</v>
+      </c>
+      <c r="C37" t="n">
+        <v>25.64</v>
       </c>
       <c r="D37" t="n">
-        <v>0</v>
-[...4 lines deleted...]
-        </is>
+        <v>11</v>
+      </c>
+      <c r="E37" t="n">
+        <v>16</v>
       </c>
       <c r="F37" t="n">
-        <v>20570</v>
+        <v>37048</v>
       </c>
       <c r="G37" t="n">
-        <v>1890</v>
+        <v>3500</v>
       </c>
       <c r="H37" t="n">
-        <v>1570</v>
+        <v>2504</v>
       </c>
       <c r="I37" t="n">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="J37" t="n">
-        <v>5021</v>
+        <v>9330</v>
       </c>
       <c r="K37" t="n">
         <v>3</v>
       </c>
       <c r="L37" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>קיים</t>
         </is>
       </c>
       <c r="M37" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...10 lines deleted...]
-        </is>
+          <t>לא קיים</t>
+        </is>
+      </c>
+      <c r="N37" t="n">
+        <v>3</v>
+      </c>
+      <c r="O37" t="n">
+        <v>2</v>
       </c>
       <c r="P37" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>קיים</t>
+        </is>
+      </c>
+      <c r="Q37" t="n">
+        <v>14</v>
       </c>
       <c r="R37" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>לא</t>
+        </is>
+      </c>
+      <c r="S37" t="n">
+        <v>120</v>
       </c>
       <c r="T37" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...4 lines deleted...]
-          <t>N/A</t>
+          <t>כן</t>
         </is>
       </c>
       <c r="V37" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>כן</t>
         </is>
       </c>
       <c r="W37" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>לא קיימת</t>
+        </is>
+      </c>
+      <c r="X37" t="n">
+        <v>0</v>
       </c>
       <c r="Y37" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>לא</t>
         </is>
       </c>
       <c r="Z37" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...4 lines deleted...]
-          <t>N/A</t>
+          <t>קיים</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>כאבול</t>
+          <t>טמרה (יזרעאל)</t>
         </is>
       </c>
       <c r="B38" t="n">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>24.08</v>
+        <v>0</v>
+      </c>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="D38" t="n">
-        <v>10</v>
-[...20 lines deleted...]
-        <v>3</v>
+        <v>0</v>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="G38" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="H38" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="I38" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="J38" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="K38" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="L38" t="inlineStr">
         <is>
-          <t>קיים</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M38" t="inlineStr">
         <is>
-          <t>לא קיים</t>
-[...6 lines deleted...]
-        <v>0</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N38" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O38" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="P38" t="inlineStr">
         <is>
-          <t>קיים</t>
-[...3 lines deleted...]
-        <v>5</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q38" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="R38" t="inlineStr">
         <is>
-          <t>כן</t>
-[...3 lines deleted...]
-        <v>30</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S38" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="T38" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U38" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V38" t="inlineStr">
         <is>
-          <t>לא</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W38" t="inlineStr">
         <is>
-          <t>קיימת</t>
-[...3 lines deleted...]
-        <v>0</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X38" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="Y38" t="inlineStr">
         <is>
-          <t>לא</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Z38" t="inlineStr">
         <is>
-          <t>קיים</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="AA38" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>כאוכב אבו אלהיג'א</t>
+          <t>יפיע</t>
         </is>
       </c>
       <c r="B39" t="n">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>27.08</v>
+        <v>20</v>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="D39" t="n">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E39" t="n">
+        <v>0</v>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="F39" t="n">
+        <v>20570</v>
+      </c>
+      <c r="G39" t="n">
+        <v>1890</v>
+      </c>
+      <c r="H39" t="n">
+        <v>1570</v>
+      </c>
+      <c r="I39" t="n">
+        <v>45</v>
+      </c>
+      <c r="J39" t="n">
+        <v>5021</v>
+      </c>
+      <c r="K39" t="n">
         <v>3</v>
       </c>
-      <c r="F39" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="L39" t="inlineStr">
         <is>
-          <t>לא קיים</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M39" t="inlineStr">
         <is>
-          <t>קיים</t>
-[...6 lines deleted...]
-        <v>0</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N39" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O39" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="P39" t="inlineStr">
         <is>
-          <t>לא קיים</t>
-[...3 lines deleted...]
-        <v>0</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q39" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="R39" t="inlineStr">
         <is>
-          <t>13</t>
-[...3 lines deleted...]
-        <v>50</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S39" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="T39" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U39" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V39" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W39" t="inlineStr">
         <is>
-          <t>לא קיימת</t>
-[...3 lines deleted...]
-        <v>0</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X39" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="Y39" t="inlineStr">
         <is>
-          <t>לא</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Z39" t="inlineStr">
         <is>
-          <t>לא קיים</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="AA39" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>כמאנה</t>
+          <t>כאבול</t>
         </is>
       </c>
       <c r="B40" t="n">
-        <v>0</v>
-[...4 lines deleted...]
-        </is>
+        <v>29</v>
+      </c>
+      <c r="C40" t="n">
+        <v>24.08</v>
       </c>
       <c r="D40" t="n">
-        <v>0</v>
-[...4 lines deleted...]
-        </is>
+        <v>10</v>
+      </c>
+      <c r="E40" t="n">
+        <v>1</v>
       </c>
       <c r="F40" t="n">
-        <v>1704</v>
+        <v>13322</v>
       </c>
       <c r="G40" t="n">
-        <v>180</v>
+        <v>1277</v>
       </c>
       <c r="H40" t="n">
-        <v>100</v>
+        <v>771</v>
       </c>
       <c r="I40" t="n">
+        <v>25</v>
+      </c>
+      <c r="J40" t="n">
+        <v>3135</v>
+      </c>
+      <c r="K40" t="n">
         <v>3</v>
       </c>
-      <c r="J40" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L40" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>קיים</t>
         </is>
       </c>
       <c r="M40" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...10 lines deleted...]
-        </is>
+          <t>לא קיים</t>
+        </is>
+      </c>
+      <c r="N40" t="n">
+        <v>2</v>
+      </c>
+      <c r="O40" t="n">
+        <v>0</v>
       </c>
       <c r="P40" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>קיים</t>
+        </is>
+      </c>
+      <c r="Q40" t="n">
+        <v>5</v>
       </c>
       <c r="R40" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>כן</t>
+        </is>
+      </c>
+      <c r="S40" t="n">
+        <v>30</v>
       </c>
       <c r="T40" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...4 lines deleted...]
-          <t>N/A</t>
+          <t>כן</t>
         </is>
       </c>
       <c r="V40" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>לא</t>
         </is>
       </c>
       <c r="W40" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>קיימת</t>
+        </is>
+      </c>
+      <c r="X40" t="n">
+        <v>0</v>
       </c>
       <c r="Y40" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>לא</t>
         </is>
       </c>
       <c r="Z40" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...4 lines deleted...]
-          <t>N/A</t>
+          <t>קיים</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>כעביה-טבאש-חג'אג'רה</t>
+          <t>כאוכב אבו אלהיג'א</t>
         </is>
       </c>
       <c r="B41" t="n">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="C41" t="n">
-        <v>37.67</v>
+        <v>27.08</v>
       </c>
       <c r="D41" t="n">
-        <v>0</v>
-[...4 lines deleted...]
-        </is>
+        <v>9</v>
+      </c>
+      <c r="E41" t="n">
+        <v>3</v>
       </c>
       <c r="F41" t="n">
-        <v>6512</v>
+        <v>4150</v>
       </c>
       <c r="G41" t="n">
-        <v>729</v>
+        <v>354</v>
       </c>
       <c r="H41" t="n">
-        <v>338</v>
+        <v>323</v>
       </c>
       <c r="I41" t="n">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="J41" t="n">
-        <v>954</v>
+        <v>1278</v>
       </c>
       <c r="K41" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L41" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>לא קיים</t>
         </is>
       </c>
       <c r="M41" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...10 lines deleted...]
-        </is>
+          <t>קיים</t>
+        </is>
+      </c>
+      <c r="N41" t="n">
+        <v>2</v>
+      </c>
+      <c r="O41" t="n">
+        <v>0</v>
       </c>
       <c r="P41" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>לא קיים</t>
+        </is>
+      </c>
+      <c r="Q41" t="n">
+        <v>0</v>
       </c>
       <c r="R41" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="S41" t="n">
+        <v>50</v>
       </c>
       <c r="T41" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...4 lines deleted...]
-          <t>N/A</t>
+          <t>כן</t>
         </is>
       </c>
       <c r="V41" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>כן</t>
         </is>
       </c>
       <c r="W41" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>לא קיימת</t>
+        </is>
+      </c>
+      <c r="X41" t="n">
+        <v>0</v>
       </c>
       <c r="Y41" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>לא</t>
         </is>
       </c>
       <c r="Z41" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...4 lines deleted...]
-          <t>N/A</t>
+          <t>לא קיים</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>כפר ברא</t>
+          <t>כמאנה</t>
         </is>
       </c>
       <c r="B42" t="n">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D42" t="n">
         <v>0</v>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F42" t="n">
-        <v>4381</v>
+        <v>1704</v>
       </c>
       <c r="G42" t="n">
-        <v>579</v>
+        <v>180</v>
       </c>
       <c r="H42" t="n">
-        <v>192</v>
+        <v>100</v>
       </c>
       <c r="I42" t="n">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="J42" t="n">
-        <v>706</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>294</v>
       </c>
       <c r="L42" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M42" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N42" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O42" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P42" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -5113,178 +5044,205 @@
       </c>
       <c r="X42" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y42" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z42" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA42" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>כפר יאסיף</t>
+          <t>כעביה-טבאש-חג'אג'רה</t>
         </is>
       </c>
       <c r="B43" t="n">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C43" t="n">
-        <v>14.72</v>
+        <v>37.67</v>
       </c>
       <c r="D43" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F43" t="n">
-        <v>11308</v>
+        <v>6512</v>
       </c>
       <c r="G43" t="n">
-        <v>863</v>
+        <v>729</v>
       </c>
       <c r="H43" t="n">
-        <v>1218</v>
+        <v>338</v>
       </c>
       <c r="I43" t="n">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="J43" t="n">
-        <v>2678</v>
+        <v>954</v>
       </c>
       <c r="K43" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L43" t="inlineStr">
         <is>
-          <t>לא קיים</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M43" t="inlineStr">
         <is>
-          <t>לא קיים</t>
-[...6 lines deleted...]
-        <v>1</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N43" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O43" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="P43" t="inlineStr">
         <is>
-          <t>קיים</t>
-[...3 lines deleted...]
-        <v>0</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q43" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="R43" t="inlineStr">
         <is>
-          <t>לא</t>
-[...3 lines deleted...]
-        <v>20</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S43" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T43" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U43" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="V43" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W43" t="inlineStr">
         <is>
-          <t>קיימת</t>
-[...3 lines deleted...]
-        <v>0</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X43" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="Y43" t="inlineStr">
         <is>
-          <t>לא</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Z43" t="inlineStr">
         <is>
-          <t>קיים</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="AA43" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>כפר כנא</t>
+          <t>כפר ברא</t>
         </is>
       </c>
       <c r="B44" t="n">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>34.41</v>
+        <v>32</v>
+      </c>
+      <c r="C44" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="D44" t="n">
         <v>0</v>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F44" t="n">
-        <v>25008</v>
+        <v>4381</v>
       </c>
       <c r="G44" t="n">
-        <v>2691</v>
+        <v>579</v>
       </c>
       <c r="H44" t="n">
-        <v>1604</v>
+        <v>192</v>
       </c>
       <c r="I44" t="n">
-        <v>41</v>
+        <v>7</v>
       </c>
       <c r="J44" t="n">
-        <v>6181</v>
+        <v>706</v>
       </c>
       <c r="K44" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L44" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M44" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N44" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O44" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P44" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -5326,178 +5284,178 @@
       </c>
       <c r="X44" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y44" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z44" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA44" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>כפר מנדא</t>
+          <t>כפר יאסיף</t>
         </is>
       </c>
       <c r="B45" t="n">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="C45" t="n">
-        <v>28.77</v>
+        <v>14.72</v>
       </c>
       <c r="D45" t="n">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="F45" t="n">
-        <v>22512</v>
+        <v>11308</v>
       </c>
       <c r="G45" t="n">
-        <v>2557</v>
+        <v>863</v>
       </c>
       <c r="H45" t="n">
-        <v>1021</v>
+        <v>1218</v>
       </c>
       <c r="I45" t="n">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="J45" t="n">
-        <v>6159</v>
+        <v>2678</v>
       </c>
       <c r="K45" t="n">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L45" t="inlineStr">
         <is>
           <t>לא קיים</t>
         </is>
       </c>
       <c r="M45" t="inlineStr">
         <is>
           <t>לא קיים</t>
         </is>
       </c>
       <c r="N45" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O45" t="n">
         <v>1</v>
       </c>
       <c r="P45" t="inlineStr">
         <is>
           <t>קיים</t>
         </is>
       </c>
       <c r="Q45" t="n">
         <v>0</v>
       </c>
       <c r="R45" t="inlineStr">
         <is>
           <t>לא</t>
         </is>
       </c>
       <c r="S45" t="n">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="V45" t="inlineStr">
         <is>
           <t>כן</t>
         </is>
       </c>
       <c r="W45" t="inlineStr">
         <is>
           <t>קיימת</t>
         </is>
       </c>
       <c r="X45" t="n">
         <v>0</v>
       </c>
       <c r="Y45" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>לא</t>
         </is>
       </c>
       <c r="Z45" t="inlineStr">
         <is>
           <t>קיים</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>כפר קאסם</t>
+          <t>כפר כנא</t>
         </is>
       </c>
       <c r="B46" t="n">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>13</v>
+      </c>
+      <c r="C46" t="n">
+        <v>34.41</v>
       </c>
       <c r="D46" t="n">
         <v>0</v>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F46" t="n">
-        <v>26838</v>
+        <v>25008</v>
       </c>
       <c r="G46" t="n">
-        <v>3059</v>
+        <v>2691</v>
       </c>
       <c r="H46" t="n">
-        <v>1389</v>
+        <v>1604</v>
       </c>
       <c r="I46" t="n">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="J46" t="n">
-        <v>6403</v>
+        <v>6181</v>
       </c>
       <c r="K46" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L46" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M46" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N46" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O46" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P46" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -5539,566 +5497,564 @@
       </c>
       <c r="X46" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y46" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z46" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA46" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>כפר קרע</t>
+          <t>כפר מנדא</t>
         </is>
       </c>
       <c r="B47" t="n">
-        <v>9</v>
-[...4 lines deleted...]
-        </is>
+        <v>26</v>
+      </c>
+      <c r="C47" t="n">
+        <v>28.77</v>
       </c>
       <c r="D47" t="n">
-        <v>0</v>
-[...4 lines deleted...]
-        </is>
+        <v>11</v>
+      </c>
+      <c r="E47" t="n">
+        <v>2</v>
       </c>
       <c r="F47" t="n">
-        <v>21268</v>
+        <v>22512</v>
       </c>
       <c r="G47" t="n">
-        <v>2190</v>
+        <v>2557</v>
       </c>
       <c r="H47" t="n">
-        <v>1526</v>
+        <v>1021</v>
       </c>
       <c r="I47" t="n">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="J47" t="n">
-        <v>5526</v>
+        <v>6159</v>
       </c>
       <c r="K47" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="L47" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>לא קיים</t>
         </is>
       </c>
       <c r="M47" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...10 lines deleted...]
-        </is>
+          <t>לא קיים</t>
+        </is>
+      </c>
+      <c r="N47" t="n">
+        <v>4</v>
+      </c>
+      <c r="O47" t="n">
+        <v>1</v>
       </c>
       <c r="P47" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>קיים</t>
+        </is>
+      </c>
+      <c r="Q47" t="n">
+        <v>0</v>
       </c>
       <c r="R47" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...15 lines deleted...]
-        </is>
+          <t>לא</t>
+        </is>
+      </c>
+      <c r="S47" t="n">
+        <v>40</v>
       </c>
       <c r="V47" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>כן</t>
         </is>
       </c>
       <c r="W47" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>קיימת</t>
+        </is>
+      </c>
+      <c r="X47" t="n">
+        <v>0</v>
       </c>
       <c r="Y47" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>כן</t>
         </is>
       </c>
       <c r="Z47" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...4 lines deleted...]
-          <t>N/A</t>
+          <t>קיים</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>מגאר</t>
+          <t>כפר קאסם</t>
         </is>
       </c>
       <c r="B48" t="n">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D48" t="n">
         <v>0</v>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F48" t="n">
-        <v>24794</v>
+        <v>26838</v>
       </c>
       <c r="G48" t="n">
-        <v>2274</v>
+        <v>3059</v>
       </c>
       <c r="H48" t="n">
-        <v>1714</v>
+        <v>1389</v>
       </c>
       <c r="I48" t="n">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="J48" t="n">
-        <v>5499</v>
+        <v>6403</v>
       </c>
       <c r="K48" t="n">
         <v>3</v>
       </c>
-      <c r="N48" t="n">
-[...6 lines deleted...]
-        <v>2</v>
+      <c r="L48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="M48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Z48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="AA48" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>מג'ד אל-כרום</t>
+          <t>כפר קרע</t>
         </is>
       </c>
       <c r="B49" t="n">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>17.7</v>
+        <v>9</v>
+      </c>
+      <c r="C49" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="D49" t="n">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>0</v>
+      </c>
+      <c r="E49" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="F49" t="n">
-        <v>16413</v>
+        <v>21268</v>
       </c>
       <c r="G49" t="n">
-        <v>1332</v>
+        <v>2190</v>
       </c>
       <c r="H49" t="n">
-        <v>1082</v>
+        <v>1526</v>
       </c>
       <c r="I49" t="n">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J49" t="n">
-        <v>4410</v>
+        <v>5526</v>
       </c>
       <c r="K49" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L49" t="inlineStr">
         <is>
-          <t>קיים</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M49" t="inlineStr">
         <is>
-          <t>לא קיים</t>
-[...6 lines deleted...]
-        <v>2</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N49" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O49" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="P49" t="inlineStr">
         <is>
-          <t>קיים</t>
-[...3 lines deleted...]
-        <v>25</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q49" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="R49" t="inlineStr">
         <is>
-          <t>18</t>
-[...3 lines deleted...]
-        <v>60</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S49" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="T49" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U49" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V49" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W49" t="inlineStr">
         <is>
-          <t>קיימת</t>
-[...3 lines deleted...]
-        <v>6</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X49" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="Y49" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Z49" t="inlineStr">
         <is>
-          <t>קיים</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="AA49" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>מוקייבלה</t>
+          <t>מגאר</t>
         </is>
       </c>
       <c r="B50" t="n">
         <v>0</v>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D50" t="n">
         <v>0</v>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F50" t="n">
-        <v>4680</v>
+        <v>24794</v>
       </c>
       <c r="G50" t="n">
-        <v>609</v>
+        <v>2274</v>
       </c>
       <c r="H50" t="n">
-        <v>218</v>
+        <v>1714</v>
       </c>
       <c r="I50" t="n">
-        <v>10</v>
+        <v>59</v>
       </c>
       <c r="J50" t="n">
-        <v>780</v>
-[...79 lines deleted...]
-        </is>
+        <v>5499</v>
+      </c>
+      <c r="K50" t="n">
+        <v>3</v>
+      </c>
+      <c r="N50" t="n">
+        <v>0</v>
+      </c>
+      <c r="O50" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q50" t="n">
+        <v>2</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>מזרעה</t>
+          <t>מג'ד אל-כרום</t>
         </is>
       </c>
       <c r="B51" t="n">
-        <v>83</v>
+        <v>50</v>
       </c>
       <c r="C51" t="n">
-        <v>12.22</v>
+        <v>17.7</v>
       </c>
       <c r="D51" t="n">
+        <v>4</v>
+      </c>
+      <c r="E51" t="n">
+        <v>19</v>
+      </c>
+      <c r="F51" t="n">
+        <v>16413</v>
+      </c>
+      <c r="G51" t="n">
+        <v>1332</v>
+      </c>
+      <c r="H51" t="n">
+        <v>1082</v>
+      </c>
+      <c r="I51" t="n">
+        <v>43</v>
+      </c>
+      <c r="J51" t="n">
+        <v>4410</v>
+      </c>
+      <c r="K51" t="n">
         <v>3</v>
       </c>
-      <c r="E51" t="n">
+      <c r="L51" t="inlineStr">
+        <is>
+          <t>קיים</t>
+        </is>
+      </c>
+      <c r="M51" t="inlineStr">
+        <is>
+          <t>לא קיים</t>
+        </is>
+      </c>
+      <c r="N51" t="n">
         <v>3</v>
       </c>
-      <c r="F51" t="n">
-[...17 lines deleted...]
-      <c r="L51" t="inlineStr">
+      <c r="O51" t="n">
+        <v>2</v>
+      </c>
+      <c r="P51" t="inlineStr">
         <is>
           <t>קיים</t>
         </is>
       </c>
-      <c r="M51" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="Q51" t="n">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="R51" t="inlineStr">
         <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="S51" t="n">
+        <v>60</v>
+      </c>
+      <c r="T51" t="inlineStr">
+        <is>
           <t>כן</t>
         </is>
       </c>
-      <c r="S51" t="n">
-[...2 lines deleted...]
-      <c r="T51" t="inlineStr">
+      <c r="V51" t="inlineStr">
         <is>
           <t>כן</t>
         </is>
       </c>
-      <c r="V51" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="W51" t="inlineStr">
         <is>
-          <t>אין</t>
+          <t>קיימת</t>
         </is>
       </c>
       <c r="X51" t="n">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="Y51" t="inlineStr">
         <is>
           <t>כן</t>
         </is>
       </c>
       <c r="Z51" t="inlineStr">
         <is>
           <t>קיים</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>מייסר</t>
+          <t>מוקייבלה</t>
         </is>
       </c>
       <c r="B52" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D52" t="n">
         <v>0</v>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F52" t="n">
-        <v>2181</v>
+        <v>4680</v>
       </c>
       <c r="G52" t="n">
-        <v>208</v>
+        <v>609</v>
       </c>
       <c r="H52" t="n">
-        <v>152</v>
+        <v>218</v>
       </c>
       <c r="I52" t="n">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="J52" t="n">
-        <v>489</v>
+        <v>780</v>
       </c>
       <c r="L52" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M52" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N52" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O52" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P52" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -6140,215 +6096,180 @@
       </c>
       <c r="X52" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y52" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z52" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA52" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>מעיליא</t>
+          <t>מזרעה</t>
         </is>
       </c>
       <c r="B53" t="n">
-        <v>104</v>
+        <v>83</v>
       </c>
       <c r="C53" t="n">
-        <v>7.41</v>
+        <v>12.22</v>
       </c>
       <c r="D53" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="E53" t="n">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="F53" t="n">
-        <v>3443</v>
+        <v>4295</v>
       </c>
       <c r="G53" t="n">
-        <v>234</v>
+        <v>423</v>
       </c>
       <c r="H53" t="n">
-        <v>515</v>
+        <v>393</v>
       </c>
       <c r="I53" t="n">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="J53" t="n">
-        <v>986</v>
+        <v>790</v>
       </c>
       <c r="K53" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="L53" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>קיים</t>
         </is>
       </c>
       <c r="M53" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...10 lines deleted...]
-        </is>
+          <t>לא קיים</t>
+        </is>
+      </c>
+      <c r="N53" t="n">
+        <v>1</v>
+      </c>
+      <c r="O53" t="n">
+        <v>0</v>
       </c>
       <c r="P53" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>לא קיים</t>
+        </is>
+      </c>
+      <c r="Q53" t="n">
+        <v>1</v>
       </c>
       <c r="R53" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>כן</t>
+        </is>
+      </c>
+      <c r="S53" t="n">
+        <v>40</v>
       </c>
       <c r="T53" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...4 lines deleted...]
-          <t>N/A</t>
+          <t>כן</t>
         </is>
       </c>
       <c r="V53" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>כן</t>
         </is>
       </c>
       <c r="W53" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>אין</t>
+        </is>
+      </c>
+      <c r="X53" t="n">
+        <v>11</v>
       </c>
       <c r="Y53" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>כן</t>
         </is>
       </c>
       <c r="Z53" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...4 lines deleted...]
-          <t>N/A</t>
+          <t>קיים</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>מעלות תרשיחא</t>
+          <t>מייסר</t>
         </is>
       </c>
       <c r="B54" t="n">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D54" t="n">
         <v>0</v>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
-      <c r="F54" t="inlineStr">
-[...27 lines deleted...]
-        </is>
+      <c r="F54" t="n">
+        <v>2181</v>
+      </c>
+      <c r="G54" t="n">
+        <v>208</v>
+      </c>
+      <c r="H54" t="n">
+        <v>152</v>
+      </c>
+      <c r="I54" t="n">
+        <v>4</v>
+      </c>
+      <c r="J54" t="n">
+        <v>489</v>
       </c>
       <c r="L54" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M54" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N54" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O54" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P54" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -6390,84 +6311,82 @@
       </c>
       <c r="X54" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y54" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z54" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA54" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>משהד</t>
+          <t>מעיליא</t>
         </is>
       </c>
       <c r="B55" t="n">
-        <v>15</v>
+        <v>104</v>
       </c>
       <c r="C55" t="n">
-        <v>35.25</v>
+        <v>7.41</v>
       </c>
       <c r="D55" t="n">
         <v>0</v>
       </c>
-      <c r="E55" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E55" t="n">
+        <v>13</v>
       </c>
       <c r="F55" t="n">
-        <v>9394</v>
+        <v>3443</v>
       </c>
       <c r="G55" t="n">
-        <v>1015</v>
+        <v>234</v>
       </c>
       <c r="H55" t="n">
-        <v>560</v>
+        <v>515</v>
       </c>
       <c r="I55" t="n">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="J55" t="n">
-        <v>2322</v>
+        <v>986</v>
       </c>
       <c r="K55" t="n">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="L55" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M55" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N55" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O55" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P55" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -6509,83 +6428,98 @@
       </c>
       <c r="X55" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y55" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z55" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA55" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>נאעורה</t>
+          <t>מעלות תרשיחא</t>
         </is>
       </c>
       <c r="B56" t="n">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D56" t="n">
         <v>0</v>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
-      <c r="F56" t="n">
-[...12 lines deleted...]
-        <v>1395</v>
+      <c r="F56" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="G56" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="H56" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="I56" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="J56" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="K56" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="L56" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M56" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N56" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O56" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P56" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -6627,183 +6561,202 @@
       </c>
       <c r="X56" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y56" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z56" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA56" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>נחף</t>
+          <t>משהד</t>
         </is>
       </c>
       <c r="B57" t="n">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="C57" t="n">
-        <v>14.04</v>
+        <v>35.25</v>
       </c>
       <c r="D57" t="n">
         <v>0</v>
       </c>
-      <c r="E57" t="n">
-        <v>6</v>
+      <c r="E57" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="F57" t="n">
-        <v>14491</v>
+        <v>9394</v>
       </c>
       <c r="G57" t="n">
-        <v>1509</v>
+        <v>1015</v>
       </c>
       <c r="H57" t="n">
-        <v>741</v>
+        <v>560</v>
       </c>
       <c r="I57" t="n">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="J57" t="n">
-        <v>4197</v>
+        <v>2322</v>
       </c>
       <c r="K57" t="n">
         <v>2</v>
       </c>
       <c r="L57" t="inlineStr">
         <is>
-          <t>קיים</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M57" t="inlineStr">
         <is>
-          <t>לא קיים</t>
-[...6 lines deleted...]
-        <v>1</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N57" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O57" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="P57" t="inlineStr">
         <is>
-          <t>לא קיים</t>
-[...3 lines deleted...]
-        <v>2</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q57" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="R57" t="inlineStr">
         <is>
-          <t>21</t>
-[...3 lines deleted...]
-        <v>65</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S57" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="T57" t="inlineStr">
         <is>
-          <t>חלקי</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U57" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V57" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W57" t="inlineStr">
         <is>
-          <t>קיימת</t>
-[...3 lines deleted...]
-        <v>3</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X57" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="Y57" t="inlineStr">
         <is>
-          <t>לא</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Z57" t="inlineStr">
         <is>
-          <t>לא קיים</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="AA57" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>נצרת</t>
+          <t>נאעורה</t>
         </is>
       </c>
       <c r="B58" t="n">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D58" t="n">
         <v>0</v>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F58" t="n">
-        <v>82483</v>
+        <v>2618</v>
       </c>
       <c r="G58" t="n">
-        <v>6632</v>
+        <v>270</v>
       </c>
       <c r="H58" t="n">
-        <v>9032</v>
+        <v>146</v>
       </c>
       <c r="I58" t="n">
-        <v>165</v>
+        <v>5</v>
       </c>
       <c r="J58" t="n">
-        <v>21599</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>1395</v>
       </c>
       <c r="L58" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M58" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N58" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O58" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P58" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -6845,216 +6798,183 @@
       </c>
       <c r="X58" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y58" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z58" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA58" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>סואעד (כמאנה)(שבט)</t>
+          <t>נחף</t>
         </is>
       </c>
       <c r="B59" t="n">
-        <v>0</v>
-[...4 lines deleted...]
-        </is>
+        <v>29</v>
+      </c>
+      <c r="C59" t="n">
+        <v>14.04</v>
       </c>
       <c r="D59" t="n">
         <v>0</v>
       </c>
-      <c r="E59" t="inlineStr">
-[...32 lines deleted...]
-        </is>
+      <c r="E59" t="n">
+        <v>6</v>
+      </c>
+      <c r="F59" t="n">
+        <v>14491</v>
+      </c>
+      <c r="G59" t="n">
+        <v>1509</v>
+      </c>
+      <c r="H59" t="n">
+        <v>741</v>
+      </c>
+      <c r="I59" t="n">
+        <v>33</v>
+      </c>
+      <c r="J59" t="n">
+        <v>4197</v>
+      </c>
+      <c r="K59" t="n">
+        <v>2</v>
       </c>
       <c r="L59" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>קיים</t>
         </is>
       </c>
       <c r="M59" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...10 lines deleted...]
-        </is>
+          <t>לא קיים</t>
+        </is>
+      </c>
+      <c r="N59" t="n">
+        <v>3</v>
+      </c>
+      <c r="O59" t="n">
+        <v>1</v>
       </c>
       <c r="P59" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>לא קיים</t>
+        </is>
+      </c>
+      <c r="Q59" t="n">
+        <v>2</v>
       </c>
       <c r="R59" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="S59" t="n">
+        <v>65</v>
       </c>
       <c r="T59" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...4 lines deleted...]
-          <t>N/A</t>
+          <t>חלקי</t>
         </is>
       </c>
       <c r="V59" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>כן</t>
         </is>
       </c>
       <c r="W59" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>קיימת</t>
+        </is>
+      </c>
+      <c r="X59" t="n">
+        <v>3</v>
       </c>
       <c r="Y59" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>לא</t>
         </is>
       </c>
       <c r="Z59" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...4 lines deleted...]
-          <t>N/A</t>
+          <t>לא קיים</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>סולם</t>
+          <t>נצרת</t>
         </is>
       </c>
       <c r="B60" t="n">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D60" t="n">
         <v>0</v>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F60" t="n">
-        <v>3172</v>
+        <v>82483</v>
       </c>
       <c r="G60" t="n">
-        <v>322</v>
+        <v>6632</v>
       </c>
       <c r="H60" t="n">
-        <v>230</v>
+        <v>9032</v>
       </c>
       <c r="I60" t="n">
-        <v>6</v>
+        <v>165</v>
       </c>
       <c r="J60" t="n">
-        <v>459</v>
+        <v>21599</v>
+      </c>
+      <c r="K60" t="n">
+        <v>3</v>
       </c>
       <c r="L60" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M60" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N60" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O60" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P60" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -7096,180 +7016,216 @@
       </c>
       <c r="X60" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y60" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z60" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA60" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>סח'נין</t>
+          <t>סואעד (כמאנה)(שבט)</t>
         </is>
       </c>
       <c r="B61" t="n">
         <v>0</v>
       </c>
-      <c r="C61" t="n">
-        <v>22.03</v>
+      <c r="C61" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="D61" t="n">
         <v>0</v>
       </c>
-      <c r="E61" t="n">
-[...18 lines deleted...]
-        <v>4</v>
+      <c r="E61" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="F61" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="G61" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="H61" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="I61" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="J61" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="K61" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="L61" t="inlineStr">
         <is>
-          <t>קיים</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M61" t="inlineStr">
         <is>
-          <t>לא קיים</t>
-[...6 lines deleted...]
-        <v>4</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N61" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O61" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="P61" t="inlineStr">
         <is>
-          <t>קיים</t>
-[...3 lines deleted...]
-        <v>16</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q61" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="R61" t="inlineStr">
         <is>
-          <t>לא</t>
-[...3 lines deleted...]
-        <v>150</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S61" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="T61" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U61" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V61" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W61" t="inlineStr">
         <is>
-          <t>קיימת</t>
-[...3 lines deleted...]
-        <v>0</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X61" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="Y61" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Z61" t="inlineStr">
         <is>
-          <t>קיים</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="AA61" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>סלמה</t>
+          <t>סולם</t>
         </is>
       </c>
       <c r="B62" t="n">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D62" t="n">
         <v>0</v>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F62" t="n">
-        <v>3925</v>
+        <v>3172</v>
       </c>
       <c r="G62" t="n">
-        <v>475</v>
+        <v>322</v>
       </c>
       <c r="H62" t="n">
-        <v>197</v>
+        <v>230</v>
       </c>
       <c r="I62" t="n">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="J62" t="n">
-        <v>228</v>
+        <v>459</v>
       </c>
       <c r="L62" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M62" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N62" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O62" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P62" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -7311,202 +7267,180 @@
       </c>
       <c r="X62" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y62" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z62" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA62" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>ע'ג'ר</t>
+          <t>סח'נין</t>
         </is>
       </c>
       <c r="B63" t="n">
-        <v>138</v>
+        <v>0</v>
       </c>
       <c r="C63" t="n">
-        <v>0.11</v>
+        <v>22.03</v>
       </c>
       <c r="D63" t="n">
         <v>0</v>
       </c>
-      <c r="E63" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E63" t="n">
+        <v>5</v>
       </c>
       <c r="F63" t="n">
-        <v>2919</v>
+        <v>35337</v>
       </c>
       <c r="G63" t="n">
-        <v>301</v>
+        <v>3318</v>
       </c>
       <c r="H63" t="n">
-        <v>131</v>
+        <v>2215</v>
       </c>
       <c r="I63" t="n">
+        <v>107</v>
+      </c>
+      <c r="J63" t="n">
+        <v>10875</v>
+      </c>
+      <c r="K63" t="n">
         <v>4</v>
       </c>
-      <c r="J63" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="L63" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>קיים</t>
         </is>
       </c>
       <c r="M63" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...10 lines deleted...]
-        </is>
+          <t>לא קיים</t>
+        </is>
+      </c>
+      <c r="N63" t="n">
+        <v>5</v>
+      </c>
+      <c r="O63" t="n">
+        <v>4</v>
       </c>
       <c r="P63" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>קיים</t>
+        </is>
+      </c>
+      <c r="Q63" t="n">
+        <v>16</v>
       </c>
       <c r="R63" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>לא</t>
+        </is>
+      </c>
+      <c r="S63" t="n">
+        <v>150</v>
       </c>
       <c r="T63" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...4 lines deleted...]
-          <t>N/A</t>
+          <t>כן</t>
         </is>
       </c>
       <c r="V63" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>כן</t>
         </is>
       </c>
       <c r="W63" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>קיימת</t>
+        </is>
+      </c>
+      <c r="X63" t="n">
+        <v>0</v>
       </c>
       <c r="Y63" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>כן</t>
         </is>
       </c>
       <c r="Z63" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...4 lines deleted...]
-          <t>N/A</t>
+          <t>קיים</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>עוזייר</t>
+          <t>סלמה</t>
         </is>
       </c>
       <c r="B64" t="n">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D64" t="n">
         <v>0</v>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F64" t="n">
-        <v>3628</v>
+        <v>3925</v>
       </c>
       <c r="G64" t="n">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="H64" t="n">
-        <v>167</v>
+        <v>197</v>
       </c>
       <c r="I64" t="n">
         <v>9</v>
       </c>
       <c r="J64" t="n">
-        <v>1574</v>
+        <v>228</v>
       </c>
       <c r="L64" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M64" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N64" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O64" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P64" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -7548,176 +7482,202 @@
       </c>
       <c r="X64" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y64" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z64" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA64" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>עילבון</t>
+          <t>ע'ג'ר</t>
         </is>
       </c>
       <c r="B65" t="n">
-        <v>15</v>
+        <v>138</v>
       </c>
       <c r="C65" t="n">
-        <v>24.37</v>
+        <v>0.11</v>
       </c>
       <c r="D65" t="n">
         <v>0</v>
       </c>
-      <c r="E65" t="n">
+      <c r="E65" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="F65" t="n">
+        <v>2919</v>
+      </c>
+      <c r="G65" t="n">
+        <v>301</v>
+      </c>
+      <c r="H65" t="n">
+        <v>131</v>
+      </c>
+      <c r="I65" t="n">
+        <v>4</v>
+      </c>
+      <c r="J65" t="n">
+        <v>686</v>
+      </c>
+      <c r="K65" t="n">
         <v>3</v>
       </c>
-      <c r="F65" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="L65" t="inlineStr">
         <is>
-          <t>קיים</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M65" t="inlineStr">
         <is>
-          <t>לא קיים</t>
-[...6 lines deleted...]
-        <v>0</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N65" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O65" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="P65" t="inlineStr">
         <is>
-          <t>לא קיים</t>
-[...3 lines deleted...]
-        <v>0</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q65" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="R65" t="inlineStr">
         <is>
-          <t>כן</t>
-[...3 lines deleted...]
-        <v>0</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S65" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T65" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U65" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="V65" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W65" t="inlineStr">
         <is>
-          <t>לא קיימת</t>
-[...3 lines deleted...]
-        <v>0</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X65" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="Y65" t="inlineStr">
         <is>
-          <t>לא קיים</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Z65" t="inlineStr">
         <is>
-          <t>לא קיים</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="AA65" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>עילוט</t>
+          <t>עוזייר</t>
         </is>
       </c>
       <c r="B66" t="n">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>38.7</v>
+        <v>13</v>
+      </c>
+      <c r="C66" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="D66" t="n">
         <v>0</v>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F66" t="n">
-        <v>9267</v>
+        <v>3628</v>
       </c>
       <c r="G66" t="n">
-        <v>1048</v>
+        <v>466</v>
       </c>
       <c r="H66" t="n">
-        <v>426</v>
+        <v>167</v>
       </c>
       <c r="I66" t="n">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="J66" t="n">
-        <v>2227</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1574</v>
       </c>
       <c r="L66" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M66" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N66" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O66" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P66" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -7759,199 +7719,173 @@
       </c>
       <c r="X66" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y66" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z66" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA66" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>עין אל אסד</t>
+          <t>עילבון</t>
         </is>
       </c>
       <c r="B67" t="n">
-        <v>7</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="C67" t="n">
+        <v>24.37</v>
       </c>
       <c r="D67" t="n">
         <v>0</v>
       </c>
-      <c r="E67" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E67" t="n">
+        <v>3</v>
       </c>
       <c r="F67" t="n">
-        <v>953</v>
+        <v>5980</v>
       </c>
       <c r="G67" t="n">
-        <v>70</v>
+        <v>457</v>
       </c>
       <c r="H67" t="n">
-        <v>75</v>
+        <v>689</v>
       </c>
       <c r="I67" t="n">
+        <v>13</v>
+      </c>
+      <c r="J67" t="n">
+        <v>1278</v>
+      </c>
+      <c r="K67" t="n">
+        <v>5</v>
+      </c>
+      <c r="L67" t="inlineStr">
+        <is>
+          <t>קיים</t>
+        </is>
+      </c>
+      <c r="M67" t="inlineStr">
+        <is>
+          <t>לא קיים</t>
+        </is>
+      </c>
+      <c r="N67" t="n">
         <v>2</v>
       </c>
-      <c r="J67" t="n">
-[...20 lines deleted...]
-        </is>
+      <c r="O67" t="n">
+        <v>0</v>
       </c>
       <c r="P67" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>לא קיים</t>
+        </is>
+      </c>
+      <c r="Q67" t="n">
+        <v>0</v>
       </c>
       <c r="R67" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...15 lines deleted...]
-        </is>
+          <t>כן</t>
+        </is>
+      </c>
+      <c r="S67" t="n">
+        <v>0</v>
       </c>
       <c r="V67" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>כן</t>
         </is>
       </c>
       <c r="W67" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...5 lines deleted...]
-        </is>
+          <t>לא קיימת</t>
+        </is>
+      </c>
+      <c r="X67" t="n">
+        <v>0</v>
       </c>
       <c r="Y67" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>לא קיים</t>
         </is>
       </c>
       <c r="Z67" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...4 lines deleted...]
-          <t>N/A</t>
+          <t>לא קיים</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>עין מאהל</t>
+          <t>עילוט</t>
         </is>
       </c>
       <c r="B68" t="n">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="C68" t="n">
-        <v>36.94</v>
+        <v>38.7</v>
       </c>
       <c r="D68" t="n">
         <v>0</v>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F68" t="n">
-        <v>14599</v>
+        <v>9267</v>
       </c>
       <c r="G68" t="n">
-        <v>1480</v>
+        <v>1048</v>
       </c>
       <c r="H68" t="n">
-        <v>930</v>
+        <v>426</v>
       </c>
       <c r="I68" t="n">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="J68" t="n">
-        <v>3489</v>
+        <v>2227</v>
       </c>
       <c r="K68" t="n">
         <v>2</v>
       </c>
       <c r="L68" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M68" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N68" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O68" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P68" t="inlineStr">
@@ -7996,83 +7930,83 @@
       </c>
       <c r="X68" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y68" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z68" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA68" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>עין נקובא</t>
+          <t>עין אל אסד</t>
         </is>
       </c>
       <c r="B69" t="n">
-        <v>37</v>
+        <v>7</v>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D69" t="n">
         <v>0</v>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F69" t="n">
-        <v>4164</v>
+        <v>953</v>
       </c>
       <c r="G69" t="n">
-        <v>546</v>
+        <v>70</v>
       </c>
       <c r="H69" t="n">
-        <v>152</v>
+        <v>75</v>
       </c>
       <c r="I69" t="n">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="J69" t="n">
-        <v>564</v>
+        <v>163</v>
       </c>
       <c r="L69" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M69" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N69" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O69" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P69" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -8114,83 +8048,84 @@
       </c>
       <c r="X69" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y69" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z69" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA69" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>עין ראפה</t>
+          <t>עין מאהל</t>
         </is>
       </c>
       <c r="B70" t="n">
-        <v>39</v>
-[...4 lines deleted...]
-        </is>
+        <v>12</v>
+      </c>
+      <c r="C70" t="n">
+        <v>36.94</v>
       </c>
       <c r="D70" t="n">
         <v>0</v>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F70" t="n">
-        <v>1353</v>
+        <v>14599</v>
       </c>
       <c r="G70" t="n">
-        <v>133</v>
+        <v>1480</v>
       </c>
       <c r="H70" t="n">
-        <v>89</v>
+        <v>930</v>
       </c>
       <c r="I70" t="n">
+        <v>26</v>
+      </c>
+      <c r="J70" t="n">
+        <v>3489</v>
+      </c>
+      <c r="K70" t="n">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
       <c r="L70" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M70" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N70" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O70" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P70" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -8232,408 +8167,476 @@
       </c>
       <c r="X70" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y70" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z70" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA70" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>עכו</t>
+          <t>עין נקובא</t>
         </is>
       </c>
       <c r="B71" t="n">
-        <v>120</v>
+        <v>37</v>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D71" t="n">
         <v>0</v>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
-      <c r="F71" t="inlineStr">
-[...36 lines deleted...]
-        <v>3</v>
+      <c r="F71" t="n">
+        <v>4164</v>
+      </c>
+      <c r="G71" t="n">
+        <v>546</v>
+      </c>
+      <c r="H71" t="n">
+        <v>152</v>
+      </c>
+      <c r="I71" t="n">
+        <v>6</v>
+      </c>
+      <c r="J71" t="n">
+        <v>564</v>
+      </c>
+      <c r="L71" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="M71" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N71" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O71" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P71" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q71" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R71" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S71" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T71" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U71" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V71" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W71" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X71" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y71" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Z71" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="AA71" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>עראבה</t>
+          <t>עין ראפה</t>
         </is>
       </c>
       <c r="B72" t="n">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>22.82</v>
+        <v>39</v>
+      </c>
+      <c r="C72" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="D72" t="n">
         <v>0</v>
       </c>
-      <c r="E72" t="n">
+      <c r="E72" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="F72" t="n">
+        <v>1353</v>
+      </c>
+      <c r="G72" t="n">
+        <v>133</v>
+      </c>
+      <c r="H72" t="n">
+        <v>89</v>
+      </c>
+      <c r="I72" t="n">
         <v>2</v>
       </c>
-      <c r="F72" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="J72" t="n">
-        <v>7510</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>512</v>
       </c>
       <c r="L72" t="inlineStr">
         <is>
-          <t>קיים</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M72" t="inlineStr">
         <is>
-          <t>לא קיים</t>
-[...6 lines deleted...]
-        <v>2</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N72" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O72" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="P72" t="inlineStr">
         <is>
-          <t>קיים</t>
-[...3 lines deleted...]
-        <v>15</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q72" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="R72" t="inlineStr">
         <is>
-          <t>כן</t>
-[...3 lines deleted...]
-        <v>80</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S72" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="T72" t="inlineStr">
         <is>
-          <t>לא</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U72" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V72" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W72" t="inlineStr">
         <is>
-          <t>קיימת</t>
-[...3 lines deleted...]
-        <v>0</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X72" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="Y72" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Z72" t="inlineStr">
         <is>
-          <t>קיים</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="AA72" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>עראמשה</t>
+          <t>עכו</t>
         </is>
       </c>
       <c r="B73" t="n">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0.78</v>
+        <v>120</v>
+      </c>
+      <c r="C73" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="D73" t="n">
         <v>0</v>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
-      <c r="F73" t="n">
-[...92 lines deleted...]
-        </is>
+      <c r="F73" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="G73" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="H73" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="I73" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="J73" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="K73" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N73" t="n">
+        <v>0</v>
+      </c>
+      <c r="O73" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q73" t="n">
+        <v>3</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>ערב אל נעים</t>
+          <t>עראבה</t>
         </is>
       </c>
       <c r="B74" t="n">
-        <v>21</v>
-[...4 lines deleted...]
-        </is>
+        <v>11</v>
+      </c>
+      <c r="C74" t="n">
+        <v>22.82</v>
       </c>
       <c r="D74" t="n">
         <v>0</v>
       </c>
-      <c r="E74" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E74" t="n">
+        <v>2</v>
       </c>
       <c r="F74" t="n">
-        <v>916</v>
+        <v>28605</v>
       </c>
       <c r="G74" t="n">
-        <v>114</v>
+        <v>2842</v>
       </c>
       <c r="H74" t="n">
-        <v>17</v>
+        <v>1655</v>
       </c>
       <c r="I74" t="n">
-        <v>1</v>
+        <v>65</v>
       </c>
       <c r="J74" t="n">
-        <v>6</v>
+        <v>7510</v>
+      </c>
+      <c r="K74" t="n">
+        <v>3</v>
+      </c>
+      <c r="L74" t="inlineStr">
+        <is>
+          <t>קיים</t>
+        </is>
+      </c>
+      <c r="M74" t="inlineStr">
+        <is>
+          <t>לא קיים</t>
+        </is>
       </c>
       <c r="N74" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="O74" t="n">
-        <v>0</v>
+        <v>2</v>
+      </c>
+      <c r="P74" t="inlineStr">
+        <is>
+          <t>קיים</t>
+        </is>
       </c>
       <c r="Q74" t="n">
-        <v>2</v>
+        <v>15</v>
+      </c>
+      <c r="R74" t="inlineStr">
+        <is>
+          <t>כן</t>
+        </is>
+      </c>
+      <c r="S74" t="n">
+        <v>80</v>
+      </c>
+      <c r="T74" t="inlineStr">
+        <is>
+          <t>לא</t>
+        </is>
+      </c>
+      <c r="V74" t="inlineStr">
+        <is>
+          <t>כן</t>
+        </is>
+      </c>
+      <c r="W74" t="inlineStr">
+        <is>
+          <t>קיימת</t>
+        </is>
+      </c>
+      <c r="X74" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y74" t="inlineStr">
+        <is>
+          <t>כן</t>
+        </is>
+      </c>
+      <c r="Z74" t="inlineStr">
+        <is>
+          <t>קיים</t>
+        </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>ערערה</t>
+          <t>עראמשה</t>
         </is>
       </c>
       <c r="B75" t="n">
-        <v>12</v>
-[...4 lines deleted...]
-        </is>
+        <v>0</v>
+      </c>
+      <c r="C75" t="n">
+        <v>0.78</v>
       </c>
       <c r="D75" t="n">
         <v>0</v>
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F75" t="n">
-        <v>21730</v>
+        <v>1730</v>
       </c>
       <c r="G75" t="n">
-        <v>2141</v>
+        <v>169</v>
       </c>
       <c r="H75" t="n">
-        <v>1586</v>
+        <v>138</v>
       </c>
       <c r="I75" t="n">
-        <v>33</v>
+        <v>6</v>
       </c>
       <c r="J75" t="n">
-        <v>4384</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>147</v>
       </c>
       <c r="L75" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M75" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N75" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O75" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P75" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -8675,203 +8678,133 @@
       </c>
       <c r="X75" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y75" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z75" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA75" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>פוריידיס</t>
+          <t>ערב אל נעים</t>
         </is>
       </c>
       <c r="B76" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D76" t="n">
         <v>0</v>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F76" t="n">
-        <v>14149</v>
+        <v>916</v>
       </c>
       <c r="G76" t="n">
-        <v>1319</v>
+        <v>114</v>
       </c>
       <c r="H76" t="n">
-        <v>889</v>
+        <v>17</v>
       </c>
       <c r="I76" t="n">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="J76" t="n">
-        <v>3427</v>
-[...82 lines deleted...]
-        </is>
+        <v>6</v>
+      </c>
+      <c r="N76" t="n">
+        <v>0</v>
+      </c>
+      <c r="O76" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q76" t="n">
+        <v>2</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>פסוטה</t>
+          <t>ערערה</t>
         </is>
       </c>
       <c r="B77" t="n">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>3.51</v>
+        <v>12</v>
+      </c>
+      <c r="C77" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="D77" t="n">
         <v>0</v>
       </c>
-      <c r="E77" t="n">
-        <v>11</v>
+      <c r="E77" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="F77" t="n">
-        <v>3631</v>
+        <v>21730</v>
       </c>
       <c r="G77" t="n">
-        <v>226</v>
+        <v>2141</v>
       </c>
       <c r="H77" t="n">
-        <v>462</v>
+        <v>1586</v>
       </c>
       <c r="I77" t="n">
-        <v>6</v>
+        <v>33</v>
       </c>
       <c r="J77" t="n">
-        <v>531</v>
+        <v>4384</v>
       </c>
       <c r="K77" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="L77" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M77" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N77" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O77" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P77" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -8913,83 +8846,83 @@
       </c>
       <c r="X77" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y77" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z77" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA77" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>קלנסווה</t>
+          <t>פוריידיס</t>
         </is>
       </c>
       <c r="B78" t="n">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D78" t="n">
         <v>0</v>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F78" t="n">
-        <v>25042</v>
+        <v>14149</v>
       </c>
       <c r="G78" t="n">
-        <v>2735</v>
+        <v>1319</v>
       </c>
       <c r="H78" t="n">
-        <v>1366</v>
+        <v>889</v>
       </c>
       <c r="I78" t="n">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="J78" t="n">
-        <v>6257</v>
+        <v>3427</v>
       </c>
       <c r="K78" t="n">
         <v>3</v>
       </c>
       <c r="L78" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M78" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N78" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O78" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P78" t="inlineStr">
@@ -9034,86 +8967,82 @@
       </c>
       <c r="X78" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y78" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z78" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA78" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>ראמה</t>
+          <t>פסוטה</t>
         </is>
       </c>
       <c r="B79" t="n">
-        <v>9</v>
-[...4 lines deleted...]
-        </is>
+        <v>98</v>
+      </c>
+      <c r="C79" t="n">
+        <v>3.51</v>
       </c>
       <c r="D79" t="n">
         <v>0</v>
       </c>
-      <c r="E79" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E79" t="n">
+        <v>11</v>
       </c>
       <c r="F79" t="n">
-        <v>8719</v>
+        <v>3631</v>
       </c>
       <c r="G79" t="n">
-        <v>586</v>
+        <v>226</v>
       </c>
       <c r="H79" t="n">
-        <v>1178</v>
+        <v>462</v>
       </c>
       <c r="I79" t="n">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="J79" t="n">
-        <v>2887</v>
+        <v>531</v>
       </c>
       <c r="K79" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L79" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M79" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N79" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O79" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P79" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -9155,83 +9084,86 @@
       </c>
       <c r="X79" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y79" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z79" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA79" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>ראס אל-עין</t>
+          <t>קלנסווה</t>
         </is>
       </c>
       <c r="B80" t="n">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D80" t="n">
         <v>0</v>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F80" t="n">
-        <v>446</v>
+        <v>25042</v>
       </c>
       <c r="G80" t="n">
-        <v>48</v>
+        <v>2735</v>
       </c>
       <c r="H80" t="n">
-        <v>22</v>
+        <v>1366</v>
       </c>
       <c r="I80" t="n">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="J80" t="n">
-        <v>2887</v>
+        <v>6257</v>
+      </c>
+      <c r="K80" t="n">
+        <v>3</v>
       </c>
       <c r="L80" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M80" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N80" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O80" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P80" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -9273,81 +9205,86 @@
       </c>
       <c r="X80" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y80" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z80" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA80" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>ראס עלי</t>
+          <t>ראמה</t>
         </is>
       </c>
       <c r="B81" t="n">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>34.88</v>
+        <v>9</v>
+      </c>
+      <c r="C81" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="D81" t="n">
         <v>0</v>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F81" t="n">
-        <v>753</v>
+        <v>8719</v>
       </c>
       <c r="G81" t="n">
-        <v>85</v>
+        <v>586</v>
       </c>
       <c r="H81" t="n">
-        <v>27</v>
+        <v>1178</v>
       </c>
       <c r="I81" t="n">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="J81" t="n">
-        <v>21</v>
+        <v>2887</v>
+      </c>
+      <c r="K81" t="n">
+        <v>5</v>
       </c>
       <c r="L81" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M81" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N81" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O81" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P81" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -9389,83 +9326,83 @@
       </c>
       <c r="X81" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y81" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z81" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA81" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>רומאנה</t>
+          <t>ראס אל-עין</t>
         </is>
       </c>
       <c r="B82" t="n">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D82" t="n">
         <v>0</v>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F82" t="n">
-        <v>1334</v>
+        <v>446</v>
       </c>
       <c r="G82" t="n">
-        <v>139</v>
+        <v>48</v>
       </c>
       <c r="H82" t="n">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="I82" t="n">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="J82" t="n">
-        <v>64</v>
+        <v>2887</v>
       </c>
       <c r="L82" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M82" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N82" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O82" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P82" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -9507,83 +9444,81 @@
       </c>
       <c r="X82" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y82" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z82" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA82" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>רומת הייב</t>
+          <t>ראס עלי</t>
         </is>
       </c>
       <c r="B83" t="n">
-        <v>0</v>
-[...4 lines deleted...]
-        </is>
+        <v>23</v>
+      </c>
+      <c r="C83" t="n">
+        <v>34.88</v>
       </c>
       <c r="D83" t="n">
         <v>0</v>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F83" t="n">
-        <v>2420</v>
+        <v>753</v>
       </c>
       <c r="G83" t="n">
-        <v>301</v>
+        <v>85</v>
       </c>
       <c r="H83" t="n">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="I83" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="J83" t="n">
-        <v>371</v>
+        <v>21</v>
       </c>
       <c r="L83" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M83" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N83" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O83" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P83" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -9625,84 +9560,86 @@
       </c>
       <c r="X83" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y83" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z83" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA83" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>ריינה</t>
+          <t>רהט</t>
         </is>
       </c>
       <c r="B84" t="n">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>37.5</v>
+        <v>0</v>
+      </c>
+      <c r="C84" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="D84" t="n">
         <v>0</v>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F84" t="n">
-        <v>17680</v>
+        <v>79204</v>
       </c>
       <c r="G84" t="n">
-        <v>1551</v>
+        <v>13756</v>
       </c>
       <c r="H84" t="n">
-        <v>1360</v>
+        <v>1941</v>
       </c>
       <c r="I84" t="n">
-        <v>26</v>
+        <v>121</v>
       </c>
       <c r="J84" t="n">
-        <v>3850</v>
+        <v>23566</v>
       </c>
       <c r="K84" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L84" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M84" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N84" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O84" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P84" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -9744,98 +9681,83 @@
       </c>
       <c r="X84" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y84" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z84" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA84" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>רמלה</t>
+          <t>רומאנה</t>
         </is>
       </c>
       <c r="B85" t="n">
-        <v>68</v>
+        <v>13</v>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="D85" t="n">
         <v>0</v>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
-      <c r="F85" t="inlineStr">
-[...27 lines deleted...]
-        </is>
+      <c r="F85" t="n">
+        <v>1334</v>
+      </c>
+      <c r="G85" t="n">
+        <v>139</v>
+      </c>
+      <c r="H85" t="n">
+        <v>45</v>
+      </c>
+      <c r="I85" t="n">
+        <v>2</v>
+      </c>
+      <c r="J85" t="n">
+        <v>64</v>
       </c>
       <c r="L85" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M85" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N85" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O85" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P85" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -9877,86 +9799,83 @@
       </c>
       <c r="X85" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y85" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z85" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA85" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>שבלי - אום אל-גנם</t>
+          <t>רומת הייב</t>
         </is>
       </c>
       <c r="B86" t="n">
+        <v>0</v>
+      </c>
+      <c r="C86" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="D86" t="n">
+        <v>0</v>
+      </c>
+      <c r="E86" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="F86" t="n">
+        <v>2420</v>
+      </c>
+      <c r="G86" t="n">
+        <v>301</v>
+      </c>
+      <c r="H86" t="n">
+        <v>149</v>
+      </c>
+      <c r="I86" t="n">
         <v>7</v>
       </c>
-      <c r="C86" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="J86" t="n">
-        <v>1651</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>371</v>
       </c>
       <c r="L86" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M86" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N86" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O86" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P86" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -9998,81 +9917,84 @@
       </c>
       <c r="X86" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y86" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z86" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA86" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>שייח' דנון</t>
+          <t>ריינה</t>
         </is>
       </c>
       <c r="B87" t="n">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="C87" t="n">
-        <v>13.5</v>
+        <v>37.5</v>
       </c>
       <c r="D87" t="n">
         <v>0</v>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F87" t="n">
-        <v>3158</v>
+        <v>17680</v>
       </c>
       <c r="G87" t="n">
-        <v>311</v>
+        <v>1551</v>
       </c>
       <c r="H87" t="n">
-        <v>205</v>
+        <v>1360</v>
       </c>
       <c r="I87" t="n">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="J87" t="n">
-        <v>1031</v>
+        <v>3850</v>
+      </c>
+      <c r="K87" t="n">
+        <v>3</v>
       </c>
       <c r="L87" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M87" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N87" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O87" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P87" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
@@ -10114,552 +10036,922 @@
       </c>
       <c r="X87" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y87" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Z87" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="AA87" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>שעב</t>
+          <t>רמלה</t>
         </is>
       </c>
       <c r="B88" t="n">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>21.48</v>
+        <v>68</v>
+      </c>
+      <c r="C88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="D88" t="n">
-        <v>5</v>
-[...29 lines deleted...]
-        <v>7</v>
+        <v>0</v>
+      </c>
+      <c r="E88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="F88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="G88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="H88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="I88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="J88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="K88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="L88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="M88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="R88" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Z88" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="AA88" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>שפרעם</t>
+          <t>שבלי - אום אל-גנם</t>
         </is>
       </c>
       <c r="B89" t="n">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>30.98</v>
+        <v>7</v>
+      </c>
+      <c r="C89" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="D89" t="n">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>0</v>
+      </c>
+      <c r="E89" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="F89" t="n">
-        <v>44045</v>
+        <v>7016</v>
       </c>
       <c r="G89" t="n">
-        <v>3578</v>
+        <v>640</v>
       </c>
       <c r="H89" t="n">
-        <v>3750</v>
+        <v>469</v>
       </c>
       <c r="I89" t="n">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="J89" t="n">
-        <v>9087</v>
+        <v>1651</v>
       </c>
       <c r="K89" t="n">
         <v>3</v>
       </c>
       <c r="L89" t="inlineStr">
         <is>
-          <t>קיים</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M89" t="inlineStr">
         <is>
-          <t>לא קיים</t>
-[...6 lines deleted...]
-        <v>2</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N89" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O89" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="P89" t="inlineStr">
         <is>
-          <t>קיים</t>
-[...3 lines deleted...]
-        <v>9</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q89" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="R89" t="inlineStr">
         <is>
-          <t>28</t>
-[...3 lines deleted...]
-        <v>70</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S89" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="T89" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U89" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V89" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W89" t="inlineStr">
         <is>
-          <t>לא קיימת</t>
-[...3 lines deleted...]
-        <v>3</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X89" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="Y89" t="inlineStr">
         <is>
-          <t>לא</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Z89" t="inlineStr">
         <is>
-          <t>קיים</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="AA89" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>אל-בטוף</t>
+          <t>שייח' דנון</t>
         </is>
       </c>
       <c r="B90" t="n">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="C90" t="n">
-        <v>26.76</v>
+        <v>13.5</v>
       </c>
       <c r="D90" t="n">
         <v>0</v>
       </c>
-      <c r="E90" t="n">
-[...30 lines deleted...]
-        </is>
+      <c r="E90" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="F90" t="n">
+        <v>3158</v>
+      </c>
+      <c r="G90" t="n">
+        <v>311</v>
+      </c>
+      <c r="H90" t="n">
+        <v>205</v>
+      </c>
+      <c r="I90" t="n">
+        <v>11</v>
+      </c>
+      <c r="J90" t="n">
+        <v>1031</v>
       </c>
       <c r="L90" t="inlineStr">
         <is>
-          <t>קיים</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M90" t="inlineStr">
         <is>
-          <t>לא קיים</t>
-[...6 lines deleted...]
-        <v>0</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N90" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O90" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="P90" t="inlineStr">
         <is>
-          <t>לא קיים</t>
-[...3 lines deleted...]
-        <v>0</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q90" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="R90" t="inlineStr">
         <is>
-          <t>כן לא מספיק</t>
-[...3 lines deleted...]
-        <v>100</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S90" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="T90" t="inlineStr">
         <is>
-          <t>לא</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U90" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V90" t="inlineStr">
         <is>
-          <t>כן</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W90" t="inlineStr">
         <is>
-          <t>לא קיימת</t>
-[...3 lines deleted...]
-        <v>0</v>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X90" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
       </c>
       <c r="Y90" t="inlineStr">
         <is>
-          <t>לא</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Z90" t="inlineStr">
         <is>
-          <t>קיים</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="AA90" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>בסמ"ה</t>
+          <t>שעב</t>
         </is>
       </c>
       <c r="B91" t="n">
-        <v>0</v>
-[...4 lines deleted...]
-        </is>
+        <v>23</v>
+      </c>
+      <c r="C91" t="n">
+        <v>21.48</v>
       </c>
       <c r="D91" t="n">
-        <v>0</v>
-[...4 lines deleted...]
-        </is>
+        <v>5</v>
+      </c>
+      <c r="E91" t="n">
+        <v>1</v>
       </c>
       <c r="F91" t="n">
-        <v>12186</v>
+        <v>7981</v>
       </c>
       <c r="G91" t="n">
-        <v>1442</v>
+        <v>842</v>
       </c>
       <c r="H91" t="n">
-        <v>639</v>
+        <v>422</v>
       </c>
       <c r="I91" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="J91" t="n">
-        <v>3008</v>
+        <v>1870</v>
       </c>
       <c r="K91" t="n">
         <v>2</v>
       </c>
-      <c r="L91" t="inlineStr">
-[...27 lines deleted...]
-        </is>
+      <c r="N91" t="n">
+        <v>0</v>
+      </c>
+      <c r="O91" t="n">
+        <v>0</v>
+      </c>
+      <c r="Q91" t="n">
+        <v>7</v>
       </c>
       <c r="R91" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...44 lines deleted...]
-          <t>N/A</t>
+          <t>18</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
+          <t>שפרעם</t>
+        </is>
+      </c>
+      <c r="B92" t="n">
+        <v>42</v>
+      </c>
+      <c r="C92" t="n">
+        <v>30.98</v>
+      </c>
+      <c r="D92" t="n">
+        <v>23</v>
+      </c>
+      <c r="E92" t="n">
+        <v>10</v>
+      </c>
+      <c r="F92" t="n">
+        <v>44045</v>
+      </c>
+      <c r="G92" t="n">
+        <v>3578</v>
+      </c>
+      <c r="H92" t="n">
+        <v>3750</v>
+      </c>
+      <c r="I92" t="n">
+        <v>66</v>
+      </c>
+      <c r="J92" t="n">
+        <v>9087</v>
+      </c>
+      <c r="K92" t="n">
+        <v>3</v>
+      </c>
+      <c r="L92" t="inlineStr">
+        <is>
+          <t>קיים</t>
+        </is>
+      </c>
+      <c r="M92" t="inlineStr">
+        <is>
+          <t>לא קיים</t>
+        </is>
+      </c>
+      <c r="N92" t="n">
+        <v>8</v>
+      </c>
+      <c r="O92" t="n">
+        <v>2</v>
+      </c>
+      <c r="P92" t="inlineStr">
+        <is>
+          <t>קיים</t>
+        </is>
+      </c>
+      <c r="Q92" t="n">
+        <v>9</v>
+      </c>
+      <c r="R92" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="S92" t="n">
+        <v>70</v>
+      </c>
+      <c r="T92" t="inlineStr">
+        <is>
+          <t>כן</t>
+        </is>
+      </c>
+      <c r="V92" t="inlineStr">
+        <is>
+          <t>כן</t>
+        </is>
+      </c>
+      <c r="W92" t="inlineStr">
+        <is>
+          <t>לא קיימת</t>
+        </is>
+      </c>
+      <c r="X92" t="n">
+        <v>3</v>
+      </c>
+      <c r="Y92" t="inlineStr">
+        <is>
+          <t>לא</t>
+        </is>
+      </c>
+      <c r="Z92" t="inlineStr">
+        <is>
+          <t>קיים</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr">
+        <is>
+          <t>אל-בטוף</t>
+        </is>
+      </c>
+      <c r="B93" t="n">
+        <v>0</v>
+      </c>
+      <c r="C93" t="n">
+        <v>26.76</v>
+      </c>
+      <c r="D93" t="n">
+        <v>0</v>
+      </c>
+      <c r="E93" t="n">
+        <v>5</v>
+      </c>
+      <c r="F93" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="G93" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="H93" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="I93" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="J93" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="K93" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="L93" t="inlineStr">
+        <is>
+          <t>קיים</t>
+        </is>
+      </c>
+      <c r="M93" t="inlineStr">
+        <is>
+          <t>לא קיים</t>
+        </is>
+      </c>
+      <c r="N93" t="n">
+        <v>2</v>
+      </c>
+      <c r="O93" t="n">
+        <v>0</v>
+      </c>
+      <c r="P93" t="inlineStr">
+        <is>
+          <t>לא קיים</t>
+        </is>
+      </c>
+      <c r="Q93" t="n">
+        <v>0</v>
+      </c>
+      <c r="R93" t="inlineStr">
+        <is>
+          <t>כן לא מספיק</t>
+        </is>
+      </c>
+      <c r="S93" t="n">
+        <v>100</v>
+      </c>
+      <c r="T93" t="inlineStr">
+        <is>
+          <t>לא</t>
+        </is>
+      </c>
+      <c r="V93" t="inlineStr">
+        <is>
+          <t>כן</t>
+        </is>
+      </c>
+      <c r="W93" t="inlineStr">
+        <is>
+          <t>לא קיימת</t>
+        </is>
+      </c>
+      <c r="X93" t="n">
+        <v>0</v>
+      </c>
+      <c r="Y93" t="inlineStr">
+        <is>
+          <t>לא</t>
+        </is>
+      </c>
+      <c r="Z93" t="inlineStr">
+        <is>
+          <t>קיים</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="inlineStr">
+        <is>
+          <t>בסמ"ה</t>
+        </is>
+      </c>
+      <c r="B94" t="n">
+        <v>0</v>
+      </c>
+      <c r="C94" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="D94" t="n">
+        <v>0</v>
+      </c>
+      <c r="E94" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="F94" t="n">
+        <v>12186</v>
+      </c>
+      <c r="G94" t="n">
+        <v>1442</v>
+      </c>
+      <c r="H94" t="n">
+        <v>639</v>
+      </c>
+      <c r="I94" t="n">
+        <v>22</v>
+      </c>
+      <c r="J94" t="n">
+        <v>3008</v>
+      </c>
+      <c r="K94" t="n">
+        <v>2</v>
+      </c>
+      <c r="L94" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="M94" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N94" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O94" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P94" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q94" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R94" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S94" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T94" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U94" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V94" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W94" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X94" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y94" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Z94" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="AA94" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr">
+        <is>
           <t>נין</t>
         </is>
       </c>
-      <c r="B92" t="n">
+      <c r="B95" t="n">
         <v>14</v>
       </c>
-      <c r="C92" t="inlineStr">
-[...117 lines deleted...]
-      <c r="AA92" t="inlineStr">
+      <c r="C95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="D95" t="n">
+        <v>0</v>
+      </c>
+      <c r="E95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="F95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="G95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="H95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="I95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="J95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="K95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="L95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="M95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Z95" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="AA95" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>